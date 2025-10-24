--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61153bbdb6246ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a04aa9f5ea540a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4dad4855f0744e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6c7be5c25c4cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79152ae105c84ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4dad4855f0744e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd9621f8e474b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6c7be5c25c4cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>25,482</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>25,762</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,699</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>25,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,896</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>25,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,869</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>