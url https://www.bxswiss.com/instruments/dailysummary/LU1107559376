--- v1 (2025-10-24)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a04aa9f5ea540a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01434347dc9473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6c7be5c25c4cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842b6e426d8d421e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd9621f8e474b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6c7be5c25c4cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb251ba1a2440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842b6e426d8d421e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,402</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>