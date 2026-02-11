--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01434347dc9473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f3a4f04c004e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842b6e426d8d421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e48d80435ef46d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb251ba1a2440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842b6e426d8d421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573114a9dee644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e48d80435ef46d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>27,270</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>