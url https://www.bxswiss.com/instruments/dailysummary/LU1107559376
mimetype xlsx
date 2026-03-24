--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f3a4f04c004e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc36231f2fc482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e48d80435ef46d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9457f16693424e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573114a9dee644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e48d80435ef46d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76364ee943d840b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9457f16693424e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>28,490</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,252</x:t>
-[...512 lines deleted...]
-          <x:t>27,889</x:t>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>