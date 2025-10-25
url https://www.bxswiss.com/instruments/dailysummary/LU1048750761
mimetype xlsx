--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43cd8c2f6d1d4101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe0ba0fe3fc413f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcacc6d3789143bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2f66e69bec489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf493f4a684524bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcacc6d3789143bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R152e16d4308f41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2f66e69bec489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan SICAV - US Smaller Companies USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048750761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,200</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>