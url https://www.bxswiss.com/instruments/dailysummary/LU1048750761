--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe0ba0fe3fc413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92666434aa54991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2f66e69bec489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7a4f6a862b40a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R152e16d4308f41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2f66e69bec489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7638da9dea3d4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7a4f6a862b40a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan SICAV - US Smaller Companies USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048750761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,300</x:t>
-[...26 lines deleted...]
-          <x:t>219,200</x:t>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,200</x:t>
-[...377 lines deleted...]
-          <x:t>220,200</x:t>
+          <x:t>219,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>