--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92666434aa54991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6762b9a01a8e442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7a4f6a862b40a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed54fe65f594688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7638da9dea3d4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7a4f6a862b40a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1fee1ed54d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed54fe65f594688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan SICAV - US Smaller Companies USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048750761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>220,950</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,350</x:t>
+          <x:t>224,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,350</x:t>
-[...53 lines deleted...]
-          <x:t>220,950</x:t>
+          <x:t>224,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>