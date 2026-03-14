--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6762b9a01a8e442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12112b1859a24f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed54fe65f594688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb445f7adb9a14367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1fee1ed54d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed54fe65f594688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866ff3f0238c4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb445f7adb9a14367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan SICAV - US Smaller Companies USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048750761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>229,700</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>229,550</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>227,150</x:t>
-[...6 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>225,100</x:t>
-[...107 lines deleted...]
-          <x:t>225,400</x:t>
+          <x:t>226,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,800</x:t>
-[...323 lines deleted...]
-          <x:t>230,150</x:t>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>