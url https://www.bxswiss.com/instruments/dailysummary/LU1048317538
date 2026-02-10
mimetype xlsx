--- v0 (2025-10-23)
+++ v1 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8dff418e6e4dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b18d22a589f40ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dadb715229b4c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed2d0bca6cf4bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062ff1ba853349f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dadb715229b4c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d124753f6e6429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed2d0bca6cf4bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>15,413</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,323</x:t>
-[...512 lines deleted...]
-          <x:t>15,514</x:t>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>