--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b18d22a589f40ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0793139c334ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed2d0bca6cf4bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe68b4cbf604564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d124753f6e6429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed2d0bca6cf4bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb22b757860fd4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe68b4cbf604564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>15,268</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,328</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,306</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>15,196</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,281</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>15,319</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>