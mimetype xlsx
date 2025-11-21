--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387b84cd2e8942f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dc9c84ec3848b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29f80f7f139141e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af99b4cf5d64603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0682df3f919442e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29f80f7f139141e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43715969a3d497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af99b4cf5d64603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (hedged to EUR) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,584</x:t>
-[...4 lines deleted...]
-          <x:t>16,519</x:t>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,631</x:t>
-[...242 lines deleted...]
-          <x:t>16,588</x:t>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,548</x:t>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>