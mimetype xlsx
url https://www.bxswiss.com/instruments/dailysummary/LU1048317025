--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dc9c84ec3848b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ad3098900a4307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af99b4cf5d64603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47aa4633f5f4c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43715969a3d497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af99b4cf5d64603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744f067936bb4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47aa4633f5f4c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (hedged to EUR) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>16,553</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>16,596</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,529</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,527</x:t>
-[...387 lines deleted...]
-          <x:t>16,467</x:t>
+          <x:t>16,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>