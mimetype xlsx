--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ad3098900a4307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8100864488af4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47aa4633f5f4c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb80f05f71764ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744f067936bb4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47aa4633f5f4c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f5e3f91dd8404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb80f05f71764ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (hedged to EUR) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>16,685</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,607</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,643</x:t>
-[...161 lines deleted...]
-          <x:t>16,647</x:t>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,488</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>16,461</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>16,528</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>