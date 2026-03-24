--- v3 (2026-02-12)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8100864488af4145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1ba4ef9aaf4a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb80f05f71764ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f2a8cbb3fa4787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f5e3f91dd8404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb80f05f71764ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84ecde9af6c4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f2a8cbb3fa4787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (hedged to EUR) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048317025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>16,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>16,307</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>16,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,355</x:t>
-[...90 lines deleted...]
-          <x:t>16,322</x:t>
+          <x:t>16,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>