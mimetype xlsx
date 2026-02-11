--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ee3faf49ea4367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a979b34c2ca45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra107a8dbefc142da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f8dfc3429049da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R205df5288ee841c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra107a8dbefc142da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83a0f4853164b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f8dfc3429049da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,746</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>11,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,756</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>11,851</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>