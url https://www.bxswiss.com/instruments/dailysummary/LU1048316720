--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a979b34c2ca45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c7502ac90d424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f8dfc3429049da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b74db372eac4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83a0f4853164b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f8dfc3429049da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549131982c054225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b74db372eac4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>11,775</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,766</x:t>
-[...60 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,619</x:t>
-[...139 lines deleted...]
-          <x:t>11,479</x:t>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>11,537</x:t>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,485</x:t>
-[...139 lines deleted...]
-          <x:t>11,457</x:t>
+          <x:t>11,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>