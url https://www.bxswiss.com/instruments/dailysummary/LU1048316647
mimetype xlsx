--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2622baec414abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26091bb0e5b41b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34862696d62a45ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f89831224614b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c040eae1fe4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34862696d62a45ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf121da24b2984290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f89831224614b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>12,033</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,029</x:t>
-[...21 lines deleted...]
-          <x:t>12,010</x:t>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>11,998</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,931</x:t>
-[...490 lines deleted...]
-          <x:t>12,106</x:t>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>