--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26091bb0e5b41b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cdfc6acab3041bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f89831224614b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e63d56898ba4a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf121da24b2984290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f89831224614b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803c9cd5732b479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e63d56898ba4a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>12,145</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,130</x:t>
-[...421 lines deleted...]
-          <x:t>12,119</x:t>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,054</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>12,167</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>