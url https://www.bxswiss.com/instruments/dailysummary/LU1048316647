--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cdfc6acab3041bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649f8ffdb39040cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e63d56898ba4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re797022d819b418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803c9cd5732b479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e63d56898ba4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17926d3a23c24b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re797022d819b418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,117</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>