--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649f8ffdb39040cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5854960841ce471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re797022d819b418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1170a77ffbdb4d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17926d3a23c24b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re797022d819b418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cbf4f9f4a54841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1170a77ffbdb4d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,234</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>12,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>12,059</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,087</x:t>
-[...225 lines deleted...]
-          <x:t>12,119</x:t>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>