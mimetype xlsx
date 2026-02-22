--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5854960841ce471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e644dfdccb74c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1170a77ffbdb4d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e62e88513a459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cbf4f9f4a54841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1170a77ffbdb4d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5321359074f64569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e62e88513a459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>