--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e644dfdccb74c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d3bf6c404848a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e62e88513a459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02a08c37b7c4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5321359074f64569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e62e88513a459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d15e7c59b7e4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02a08c37b7c4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates UCITS ETF (USD) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048316647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>11,701</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,658</x:t>
-[...303 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,495</x:t>
-[...117 lines deleted...]
-          <x:t>11,559</x:t>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>