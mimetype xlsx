--- v0 (2025-10-28)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8099deaf015e4f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6548a7976c4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red059573397541dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f775f0af304699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb32dff529ef4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red059573397541dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78a27c77cb64a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f775f0af304699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>14,980</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,960</x:t>
-[...296 lines deleted...]
-          <x:t>15,066</x:t>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,106</x:t>
-[...63 lines deleted...]
-          <x:t>15,049</x:t>
+          <x:t>14,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>