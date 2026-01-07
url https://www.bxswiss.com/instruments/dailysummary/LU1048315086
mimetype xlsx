--- v1 (2025-11-18)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6548a7976c4206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5450603decc544c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f775f0af304699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae19a581d2554bc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78a27c77cb64a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f775f0af304699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e54a0fe58da4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae19a581d2554bc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>14,954</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>15,106</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,037</x:t>
-[...92 lines deleted...]
-          <x:t>15,007</x:t>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,094</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>15,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,142</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>15,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>