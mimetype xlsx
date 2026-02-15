--- v2 (2026-01-07)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5450603decc544c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0c4d4758d24310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae19a581d2554bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27586088058c4c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e54a0fe58da4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae19a581d2554bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bebd045cf24259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27586088058c4c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>15,310</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,217</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>15,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,166</x:t>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,094</x:t>
-[...26 lines deleted...]
-          <x:t>15,142</x:t>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>