--- v3 (2026-02-15)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0c4d4758d24310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77c20852b6541a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27586088058c4c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a34b8624f440bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bebd045cf24259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27586088058c4c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ef9bda67344aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a34b8624f440bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>14,812</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,718</x:t>
-[...382 lines deleted...]
-          <x:t>14,737</x:t>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>