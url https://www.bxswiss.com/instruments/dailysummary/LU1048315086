--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77c20852b6541a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e88828a5254041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a34b8624f440bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f88393b85fb4838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ef9bda67344aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a34b8624f440bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2f09cfe5ed4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f88393b85fb4838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US Liquid Corporates 1-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048315086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>14,789</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,852</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>14,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,938</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>14,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>14,886</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>