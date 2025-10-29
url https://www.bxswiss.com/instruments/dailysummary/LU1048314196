--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4088cee4db32405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3659682695f842b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3092482d80a4820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938f1a78182348aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc46a8d9d10b41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3092482d80a4820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620a5985072c4993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938f1a78182348aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,362</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>12,372</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,382</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>12,371</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>