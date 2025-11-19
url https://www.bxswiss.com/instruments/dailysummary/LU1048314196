--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3659682695f842b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95a6ccb2d4c4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938f1a78182348aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7633a51b22b948c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620a5985072c4993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938f1a78182348aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b110067f1a846d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7633a51b22b948c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,429</x:t>
-[...58 lines deleted...]
-          <x:t>12,370</x:t>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,438</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>12,384</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,371</x:t>
-[...200 lines deleted...]
-          <x:t>12,340</x:t>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,281</x:t>
-[...21 lines deleted...]
-          <x:t>12,352</x:t>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,314</x:t>
-[...161 lines deleted...]
-          <x:t>12,341</x:t>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>