--- v2 (2025-11-19)
+++ v3 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95a6ccb2d4c4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a5a08bac57438b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7633a51b22b948c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b30d7a738c54a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b110067f1a846d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7633a51b22b948c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e1ba2efa5d466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b30d7a738c54a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>12,357</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,334</x:t>
-[...48 lines deleted...]
-          <x:t>12,398</x:t>
+          <x:t>12,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,366</x:t>
-[...6 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>12,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,357</x:t>
-[...70 lines deleted...]
-          <x:t>12,399</x:t>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12,411</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,389</x:t>
-[...26 lines deleted...]
-          <x:t>12,391</x:t>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,401</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>12,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>