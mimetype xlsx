--- v3 (2026-01-25)
+++ v4 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a5a08bac57438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63f06937c9d478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b30d7a738c54a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df6e57d12144855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e1ba2efa5d466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b30d7a738c54a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a5ba350ece4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df6e57d12144855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,390</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,367</x:t>
-[...43 lines deleted...]
-          <x:t>12,379</x:t>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,360</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>12,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,361</x:t>
-[...237 lines deleted...]
-          <x:t>12,443</x:t>
+          <x:t>12,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,401</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>12,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>