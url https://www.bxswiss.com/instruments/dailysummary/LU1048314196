--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63f06937c9d478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3ec6291d1f48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df6e57d12144855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd021232703b446e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a5ba350ece4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df6e57d12144855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040c9f24c38e48d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd021232703b446e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,304</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>12,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,048</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>