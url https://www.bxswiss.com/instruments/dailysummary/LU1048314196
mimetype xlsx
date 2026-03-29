--- v5 (2026-03-07)
+++ v6 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3ec6291d1f48d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed543e5800a4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd021232703b446e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c6076338634048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040c9f24c38e48d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd021232703b446e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d8c9ad17d2467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c6076338634048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg Euro Area Liquid Corporates 1-5 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048314196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...95 lines deleted...]
-          <x:t>12,048</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>12,008</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,044</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,993</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>