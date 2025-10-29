--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbeead56729447f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0f244aff5e4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1213b2ce99624d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f5cd2676d74427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f367d30b1d2486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1213b2ce99624d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reade646bb1174207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f5cd2676d74427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>17,590</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,459</x:t>
-[...308 lines deleted...]
-          <x:t>17,827</x:t>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,827</x:t>
-[...4 lines deleted...]
-          <x:t>18,029</x:t>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>