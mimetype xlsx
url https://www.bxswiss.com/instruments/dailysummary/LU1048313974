--- v1 (2025-10-29)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0f244aff5e4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050da0df0e5f4adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f5cd2676d74427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f32ea8b4f14a71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reade646bb1174207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f5cd2676d74427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ef58ae9bf04782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f32ea8b4f14a71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>17,977</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>18,352</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>