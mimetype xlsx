--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050da0df0e5f4adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72c1d7ec7b94723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f32ea8b4f14a71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da65ba4407f484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ef58ae9bf04782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f32ea8b4f14a71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf7d698264449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da65ba4407f484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>