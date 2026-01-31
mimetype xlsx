--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72c1d7ec7b94723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0c012cfec24652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da65ba4407f484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b38154e2a74a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf7d698264449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da65ba4407f484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da9cdf9ae7d4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b38154e2a74a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>