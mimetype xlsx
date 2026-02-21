--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0c012cfec24652" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaa71112bbc4da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b38154e2a74a03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afc61177b7f4268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da9cdf9ae7d4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b38154e2a74a03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969b6b79eb29428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afc61177b7f4268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>19,185</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,130</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>19,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>