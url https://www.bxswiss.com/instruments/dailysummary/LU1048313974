--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaa71112bbc4da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a7f0af307742e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afc61177b7f4268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3db2f050634268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969b6b79eb29428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afc61177b7f4268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9e6e4b570c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3db2f050634268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets SRI UCITS ETF A Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,536</x:t>
-[...97 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,384</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>20,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>