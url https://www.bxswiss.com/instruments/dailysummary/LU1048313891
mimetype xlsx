--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99ed506fe384f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcf24a69283490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9be475acde84aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde04b2716a8b4b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7493a8583314137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9be475acde84aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3789cd89b754c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde04b2716a8b4b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,724</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>