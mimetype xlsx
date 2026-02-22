--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcf24a69283490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda37a0fb64b94dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde04b2716a8b4b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d285a8258d4628"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3789cd89b754c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde04b2716a8b4b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e231a255814ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d285a8258d4628" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>14,911</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,891</x:t>
-[...80 lines deleted...]
-          <x:t>14,861</x:t>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>