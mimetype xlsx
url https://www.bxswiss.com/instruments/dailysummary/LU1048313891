--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda37a0fb64b94dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8826a7520004376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d285a8258d4628"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bb854989f3472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e231a255814ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d285a8258d4628" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70a1f34d59548bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bb854989f3472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1048313891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>15,143</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,074</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>15,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,396</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>