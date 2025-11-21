--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1344e1c5db0244d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab730c7483ef4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6540ca9f556f4f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R358c453a7ea343b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R730fdba5cf194ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6540ca9f556f4f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49232611c8ec4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R358c453a7ea343b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,343</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,199</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>