--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab730c7483ef4e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07debecd12134d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R358c453a7ea343b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b5944538574870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49232611c8ec4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R358c453a7ea343b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127ba01d65ad4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b5944538574870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,973</x:t>
-[...468 lines deleted...]
-          <x:t>34,342</x:t>
+          <x:t>34,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>