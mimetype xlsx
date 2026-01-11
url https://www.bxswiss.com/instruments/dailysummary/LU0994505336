--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07debecd12134d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4171a772ee4b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b5944538574870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0870bcc4bf334b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127ba01d65ad4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b5944538574870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f0f93d8c254dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0870bcc4bf334b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>