--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4171a772ee4b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d281a085c194b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0870bcc4bf334b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d6e8d5ef4be4290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f0f93d8c254dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0870bcc4bf334b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59671208126461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d6e8d5ef4be4290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,143</x:t>
-[...90 lines deleted...]
-          <x:t>38,115</x:t>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>