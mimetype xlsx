--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d281a085c194b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa1a34c79324772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d6e8d5ef4be4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4465db4a0fdf4192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59671208126461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d6e8d5ef4be4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d61c91e095497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4465db4a0fdf4192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0994505336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>38,020</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>38,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>