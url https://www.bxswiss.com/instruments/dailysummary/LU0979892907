--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece4d313c22b48c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b746578f8a4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2992918cc7144a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5a5221e07644417"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37152bf070124a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2992918cc7144a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R097da9e5a6a74006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5a5221e07644417" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0979892907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,868</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>23,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>