--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b746578f8a4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d89e363cb24716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5a5221e07644417"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f678ade89704daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R097da9e5a6a74006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5a5221e07644417" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478f6f2fedd7430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f678ade89704daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0979892907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,868</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>