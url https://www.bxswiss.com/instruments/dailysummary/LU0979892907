--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d89e363cb24716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b0ac9dcadc456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f678ade89704daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R990d981e402c4c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478f6f2fedd7430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f678ade89704daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra67794951ce94878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R990d981e402c4c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0979892907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>23,990</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,855</x:t>
-[...210 lines deleted...]
-          <x:t>24,628</x:t>
+          <x:t>24,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,557</x:t>
-[...134 lines deleted...]
-          <x:t>24,815</x:t>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>