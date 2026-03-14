--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b0ac9dcadc456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02499b08179c49b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R990d981e402c4c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6157792aba4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra67794951ce94878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R990d981e402c4c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cae7c47218648a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6157792aba4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0979892907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>25,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>