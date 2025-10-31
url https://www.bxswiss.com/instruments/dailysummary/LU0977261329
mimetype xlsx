--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e5dec479aa4f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d4cf2cdf3d4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de01ca5156f43e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b06a37159df4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R614f0d0b346d4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de01ca5156f43e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f6ee0e2a6941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b06a37159df4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>28,882</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,630</x:t>
-[...475 lines deleted...]
-          <x:t>28,880</x:t>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,732</x:t>
-[...53 lines deleted...]
-          <x:t>28,954</x:t>
+          <x:t>29,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>