--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d4cf2cdf3d4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3161cbf28ae4070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b06a37159df4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccf886b54c245a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f6ee0e2a6941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b06a37159df4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a1669b8fc047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccf886b54c245a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>28,954</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,178</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,307</x:t>
-[...468 lines deleted...]
-          <x:t>28,742</x:t>
+          <x:t>29,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>