--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3161cbf28ae4070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294c97bf72d840c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccf886b54c245a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8b9f9f6e1f4f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a1669b8fc047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccf886b54c245a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f519a240284560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8b9f9f6e1f4f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>29,205</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...528 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>