--- v3 (2025-12-12)
+++ v4 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294c97bf72d840c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb88820052a144c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8b9f9f6e1f4f3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf00c481061f34ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f519a240284560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8b9f9f6e1f4f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3efade563e7f437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf00c481061f34ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>