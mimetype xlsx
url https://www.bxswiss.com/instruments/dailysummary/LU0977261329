--- v4 (2026-01-01)
+++ v5 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb88820052a144c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra41689217ff84ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf00c481061f34ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba631d6245f432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3efade563e7f437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf00c481061f34ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49732e68a2344844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba631d6245f432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>30,249</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>30,818</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>