--- v5 (2026-02-10)
+++ v6 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra41689217ff84ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab5c79b269d429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba631d6245f432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16025e7e6634871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49732e68a2344844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba631d6245f432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ef61c1b4094211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16025e7e6634871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -  MSCI Switzerland 20/35 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0977261329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>31,495</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>