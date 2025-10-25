--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6b360268b14adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36fb157628de488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2b2d21bab5490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e400b86067498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7cd995bced64549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2b2d21bab5490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38c932823d24214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e400b86067498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,707</x:t>
-[...11 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,787</x:t>
-[...70 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,824</x:t>
-[...495 lines deleted...]
-          <x:t>9,754</x:t>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>