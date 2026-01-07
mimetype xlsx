--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36fb157628de488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8708c59afc4070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e400b86067498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d8ab5310a54542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38c932823d24214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e400b86067498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7974fd282a64a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d8ab5310a54542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>9,673</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,754</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>9,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>9,752</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,717</x:t>
-[...112 lines deleted...]
-          <x:t>9,776</x:t>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>