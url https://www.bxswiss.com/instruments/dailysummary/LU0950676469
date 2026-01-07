--- v2 (2026-01-07)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8708c59afc4070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0f126216404d7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d8ab5310a54542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81dbe4c410954ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7974fd282a64a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d8ab5310a54542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3ee182723d4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81dbe4c410954ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,814</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>