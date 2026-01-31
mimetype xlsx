--- v3 (2026-01-07)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0f126216404d7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c27825c420a4343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81dbe4c410954ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7b0937c894499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3ee182723d4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81dbe4c410954ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2dce499f9043d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7b0937c894499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>9,886</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,791</x:t>
-[...31 lines deleted...]
-          <x:t>9,773</x:t>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>9,838</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>