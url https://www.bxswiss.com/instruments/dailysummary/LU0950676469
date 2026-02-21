--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c27825c420a4343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra657fa7bdc7947df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7b0937c894499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb200bb6569ae442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2dce499f9043d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7b0937c894499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d6357f8ef240e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb200bb6569ae442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950676469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,769</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,724</x:t>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>