--- v0 (2025-10-29)
+++ v1 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fe6afd7e984b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12afb78866774474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5694b9b424a1432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96084b5b8c9648f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda60541d025471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5694b9b424a1432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c6585dc76149ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96084b5b8c9648f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>30,168</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,848</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>29,568</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,399</x:t>
-[...193 lines deleted...]
-          <x:t>30,462</x:t>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>