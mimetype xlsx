--- v1 (2025-12-30)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12afb78866774474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b610697c724073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96084b5b8c9648f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6eb3f9c3184707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c6585dc76149ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96084b5b8c9648f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b41b048a084ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6eb3f9c3184707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>29,683</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>29,931</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>