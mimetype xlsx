--- v2 (2026-02-11)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b610697c724073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4257154947b64138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6eb3f9c3184707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bee47a0ac6348ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b41b048a084ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6eb3f9c3184707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8871033b9ac34540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bee47a0ac6348ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>29,803</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>