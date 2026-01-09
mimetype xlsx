--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5dd32855df840f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99680a866b3a402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6f2e3227f94bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133df57e0d1d4908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc381a4c80d6a4d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6f2e3227f94bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9970c56c32450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133df57e0d1d4908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,132</x:t>
-[...4 lines deleted...]
-          <x:t>29,768</x:t>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>29,873</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,744</x:t>
-[...112 lines deleted...]
-          <x:t>29,478</x:t>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>