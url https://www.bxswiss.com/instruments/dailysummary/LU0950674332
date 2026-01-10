--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99680a866b3a402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593229e3a1c2449b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133df57e0d1d4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab63315dc60447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9970c56c32450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133df57e0d1d4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1532d8acbe5f492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab63315dc60447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>