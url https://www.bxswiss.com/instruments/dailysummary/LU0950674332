--- v2 (2026-01-10)
+++ v3 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593229e3a1c2449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fd47e194bd4e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab63315dc60447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51a19b4a5cf4bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1532d8acbe5f492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab63315dc60447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd968b69e63034093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51a19b4a5cf4bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>29,867</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>29,899</x:t>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,824</x:t>
-[...43 lines deleted...]
-          <x:t>29,727</x:t>
+          <x:t>30,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,655</x:t>
-[...129 lines deleted...]
-          <x:t>30,091</x:t>
+          <x:t>29,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,071</x:t>
-[...134 lines deleted...]
-          <x:t>30,925</x:t>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>