--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fd47e194bd4e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cef8e91336a46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51a19b4a5cf4bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d6b55da0a84064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd968b69e63034093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51a19b4a5cf4bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c36e090ab9e47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d6b55da0a84064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>29,476</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,399</x:t>
-[...301 lines deleted...]
-          <x:t>29,411</x:t>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>