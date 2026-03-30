--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cef8e91336a46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7217291fbb754fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d6b55da0a84064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282b3d40f2e14274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c36e090ab9e47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d6b55da0a84064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96714b052395498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282b3d40f2e14274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>