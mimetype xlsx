--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06402673e5fd4cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c769c0424a455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313dac66ea084ae9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f5bda0da5b647e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf7360e5dab4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313dac66ea084ae9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b95bb8cc5d54c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f5bda0da5b647e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>