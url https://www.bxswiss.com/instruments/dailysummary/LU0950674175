--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c769c0424a455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7189bf6a62b64855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f5bda0da5b647e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f314b99d114103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b95bb8cc5d54c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f5bda0da5b647e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf581c49051d645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f314b99d114103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,902</x:t>
-[...183 lines deleted...]
-          <x:t>11,794</x:t>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,717</x:t>
-[...247 lines deleted...]
-          <x:t>12,174</x:t>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>