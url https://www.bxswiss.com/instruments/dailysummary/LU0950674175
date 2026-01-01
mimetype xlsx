--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7189bf6a62b64855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e8012050a04852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f314b99d114103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d10caf4d194470"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf581c49051d645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f314b99d114103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e340ad43ea4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d10caf4d194470" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,815</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,752</x:t>
-[...48 lines deleted...]
-          <x:t>11,913</x:t>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,776</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>11,924</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,778</x:t>
-[...517 lines deleted...]
-          <x:t>11,834</x:t>
+          <x:t>12,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>