--- v3 (2026-01-01)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e8012050a04852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d310d0a4d047f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d10caf4d194470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6147506b76964917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e340ad43ea4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d10caf4d194470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7ef8f44eb54691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6147506b76964917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>