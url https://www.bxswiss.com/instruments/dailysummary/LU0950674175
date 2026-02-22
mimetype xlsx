--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d310d0a4d047f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c9e4132e68426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6147506b76964917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fff06e869b94f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7ef8f44eb54691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6147506b76964917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb65dc6a9714742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fff06e869b94f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>12,946</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,831</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>12,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,061</x:t>
-[...63 lines deleted...]
-          <x:t>12,714</x:t>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>