--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c9e4132e68426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22990526ee3044a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fff06e869b94f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R744d53242d26414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb65dc6a9714742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fff06e869b94f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6eeefd2a13543be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R744d53242d26414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950674175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,061</x:t>
-[...48 lines deleted...]
-          <x:t>12,691</x:t>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,670</x:t>
-[...409 lines deleted...]
-          <x:t>13,332</x:t>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>