--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c34711271a47eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c013de795d4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ab9abb284043ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b1a61623a04301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f5ad662c48436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ab9abb284043ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a1702509bd4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b1a61623a04301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>19,928</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,869</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,311</x:t>
-[...205 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,182</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>20,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>