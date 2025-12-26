--- v1 (2025-11-07)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c013de795d4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5cdb835c45424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b1a61623a04301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2c851d474646b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a1702509bd4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b1a61623a04301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d704c36fa417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2c851d474646b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,182</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>