--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5cdb835c45424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340a9f2562d649f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2c851d474646b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d9fd486c414a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d704c36fa417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2c851d474646b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392c15bab7ad47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d9fd486c414a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>21,331</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>