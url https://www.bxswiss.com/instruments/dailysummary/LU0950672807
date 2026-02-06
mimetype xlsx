--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340a9f2562d649f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e577ac80d64f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d9fd486c414a6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1ff1cd838e4f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392c15bab7ad47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d9fd486c414a6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427c44986abd4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1ff1cd838e4f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,382 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>21,660</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,721</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,999</x:t>
@@ -602,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>