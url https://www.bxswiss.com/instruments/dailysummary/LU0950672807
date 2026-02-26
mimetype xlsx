--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e577ac80d64f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483e6559190846ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1ff1cd838e4f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec26681698614b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427c44986abd4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1ff1cd838e4f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59f0a7052194ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec26681698614b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS -MSCI Canada UCITS ETF (CAD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950672807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>21,721</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,694</x:t>
-[...156 lines deleted...]
-          <x:t>22,526</x:t>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,428</x:t>
-[...377 lines deleted...]
-          <x:t>21,391</x:t>
+          <x:t>22,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>