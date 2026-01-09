--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a954fdb9984d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ff14edfbc846f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra302d4dc3d524514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c61554c2ad049c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c871fd06c2947fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra302d4dc3d524514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70582040fe224886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c61554c2ad049c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (JPY) A-ACC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950671825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>22,489</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>