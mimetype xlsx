--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ff14edfbc846f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf67db79cdd4001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c61554c2ad049c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b32d2add7044e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70582040fe224886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c61554c2ad049c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd916b638987d48be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b32d2add7044e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (JPY) A-ACC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950671825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>