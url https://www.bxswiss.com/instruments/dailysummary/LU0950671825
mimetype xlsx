--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf67db79cdd4001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd04aae7e8a84ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b32d2add7044e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc061106466844ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd916b638987d48be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b32d2add7044e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6598db784f564eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc061106466844ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (JPY) A-ACC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950671825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>24,692</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>