--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51011a953abd4216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fb0dd09c294bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207822cd154146ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd234553332844d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f838aea0934638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207822cd154146ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb7a9c8090d482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd234553332844d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI UK UCITS ETF (GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950670850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>41,188</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>