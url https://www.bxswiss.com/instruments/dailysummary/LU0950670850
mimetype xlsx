--- v1 (2026-02-01)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fb0dd09c294bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed90a4f55714e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd234553332844d2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1045f6c092d4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb7a9c8090d482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd234553332844d2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dd2b409a184b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1045f6c092d4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI UK UCITS ETF (GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950670850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>43,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>43,987</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,846</x:t>
-[...156 lines deleted...]
-          <x:t>43,150</x:t>
+          <x:t>43,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,807</x:t>
-[...36 lines deleted...]
-          <x:t>43,421</x:t>
+          <x:t>43,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>