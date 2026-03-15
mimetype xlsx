--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed90a4f55714e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749b9cc7d7c34aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1045f6c092d4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e8a97422be4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dd2b409a184b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1045f6c092d4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ab89fe73524c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e8a97422be4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI UK UCITS ETF (GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950670850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>43,732</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,421</x:t>
-[...620 lines deleted...]
-          <x:t>45,183</x:t>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>