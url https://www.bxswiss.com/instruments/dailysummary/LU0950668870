--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d75053e52984a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb36be1cb8c4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd6b12fabf44f5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0c4d6452e54bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58bf998a73cc494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd6b12fabf44f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2db2db5aa24b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0c4d6452e54bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950668870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>34,145</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>