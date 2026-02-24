--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb36be1cb8c4e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd94f76c8d34e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0c4d6452e54bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7b8fa616974420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2db2db5aa24b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0c4d6452e54bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ed1f26fda7404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7b8fa616974420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950668870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>35,813</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>