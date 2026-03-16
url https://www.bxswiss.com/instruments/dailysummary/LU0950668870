--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd94f76c8d34e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02c1d35ea4945b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7b8fa616974420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68984ee091ae43d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ed1f26fda7404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7b8fa616974420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f12017d7ac94f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68984ee091ae43d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0950668870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>35,977</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,439</x:t>
-[...458 lines deleted...]
-          <x:t>36,710</x:t>
+          <x:t>34,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>