--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd584a10255b041b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d4e9715d55470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf0c17d98464769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc219a4a8723463b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d9dfef72c5f4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf0c17d98464769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae114f26bf084109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc219a4a8723463b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0943504760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>154,370</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,370</x:t>
-[...475 lines deleted...]
-          <x:t>155,005</x:t>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,568</x:t>
-[...26 lines deleted...]
-          <x:t>155,560</x:t>
+          <x:t>150,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>