--- v1 (2025-11-14)
+++ v2 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d4e9715d55470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42a07a3bc674d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc219a4a8723463b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeeb0ccd0d3349dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae114f26bf084109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc219a4a8723463b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a864af085c7486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeeb0ccd0d3349dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0943504760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,810</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>