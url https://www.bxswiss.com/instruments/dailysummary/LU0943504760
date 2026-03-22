--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42a07a3bc674d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d0a8eb81e948d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeeb0ccd0d3349dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67d97254d8f41d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a864af085c7486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeeb0ccd0d3349dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c160a1b9f74cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67d97254d8f41d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0943504760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>168,360</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>