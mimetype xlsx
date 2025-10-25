--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9141ff1350bc408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb410c520b99b4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccdcf87695e641df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a0e34f1d6e4f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fe335893cb40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccdcf87695e641df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294435e87e714ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a0e34f1d6e4f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>31,987</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>31,956</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,819</x:t>
-[...200 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>32,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,057</x:t>
-[...36 lines deleted...]
-          <x:t>32,079</x:t>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>