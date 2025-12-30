--- v1 (2025-10-25)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb410c520b99b4a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0427038d474be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a0e34f1d6e4f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebd7e69feeb473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294435e87e714ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a0e34f1d6e4f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbafcbbbb98304023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebd7e69feeb473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>31,928</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>31,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>31,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>31,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>32,026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>