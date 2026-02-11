--- v2 (2025-12-30)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0427038d474be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd9dd85b3244e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebd7e69feeb473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fbf3aecdd64ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbafcbbbb98304023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebd7e69feeb473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb659da08af4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fbf3aecdd64ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>31,869</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,902</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>31,616</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>22.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>31,538</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>