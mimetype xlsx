--- v3 (2026-02-11)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd9dd85b3244e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra012bce24137494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fbf3aecdd64ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68caf7fd37ed4a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb659da08af4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fbf3aecdd64ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8e7f873558f4b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68caf7fd37ed4a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II ESG Global Aggregate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0942970103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>31,338</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,926</x:t>
-[...210 lines deleted...]
-          <x:t>31,061</x:t>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,096</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>30,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>