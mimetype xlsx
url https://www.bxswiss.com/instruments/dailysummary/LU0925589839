--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3ad9fb96884c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd780ac07d64641cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fab0af03a014391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb8ab4245e14d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96c4ff669354e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fab0af03a014391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9db61e2fd94d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb8ab4245e14d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,324</x:t>
-[...178 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,663</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>139,579</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,771</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>140,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>