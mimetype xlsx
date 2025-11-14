--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd780ac07d64641cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec9a0879f784578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb8ab4245e14d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff80e1ebec05404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9db61e2fd94d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb8ab4245e14d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e48eaa7edd4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff80e1ebec05404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>139,598</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>139,803</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>139,419</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,260</x:t>
-[...301 lines deleted...]
-          <x:t>138,694</x:t>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>