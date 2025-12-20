--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec9a0879f784578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76513ded40724bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff80e1ebec05404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3196487cccd4907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e48eaa7edd4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff80e1ebec05404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902aa5e05a3b43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3196487cccd4907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>139,977</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,002</x:t>
-[...161 lines deleted...]
-          <x:t>139,733</x:t>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>138,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>