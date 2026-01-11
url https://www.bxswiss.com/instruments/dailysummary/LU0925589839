--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76513ded40724bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff236b136ecb45fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3196487cccd4907"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6985d7ddbc43ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902aa5e05a3b43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3196487cccd4907" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd50794af507451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6985d7ddbc43ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>139,341</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,341</x:t>
-[...16 lines deleted...]
-          <x:t>139,926</x:t>
+          <x:t>140,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,730</x:t>
-[...107 lines deleted...]
-          <x:t>139,928</x:t>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,086</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>139,906</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>