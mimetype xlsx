--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff236b136ecb45fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f9279e7cf40411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6985d7ddbc43ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce811127766473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd50794af507451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6985d7ddbc43ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4a5ba258bd44df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce811127766473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>140,302</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>