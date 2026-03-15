--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f9279e7cf40411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bca5b2f20f4422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce811127766473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bf83a242db4d65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4a5ba258bd44df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce811127766473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R331f6f148123491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bf83a242db4d65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II iBoxx Eurozone Government Bond Yield Plus 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0925589839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>