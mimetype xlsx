--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2726843bb34452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8940bf4a0e6d4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fc6a71894e4740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1cb60b8c5a452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8ebaec4e494fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fc6a71894e4740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d95aa6498e142f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1cb60b8c5a452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 5C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0908508814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,409</x:t>
-[...124 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,483</x:t>
-[...58 lines deleted...]
-          <x:t>20,459</x:t>
+          <x:t>20,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>20,483</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>