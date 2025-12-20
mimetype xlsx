--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8940bf4a0e6d4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05200a2faaa4fdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f1cb60b8c5a452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987253fc14f74d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d95aa6498e142f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f1cb60b8c5a452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68510acac4574564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987253fc14f74d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 5C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0908508814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,474</x:t>
-[...75 lines deleted...]
-          <x:t>20,413</x:t>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,357</x:t>
-[...16 lines deleted...]
-          <x:t>20,360</x:t>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,458</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>20,469</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,448</x:t>
-[...458 lines deleted...]
-          <x:t>20,619</x:t>
+          <x:t>20,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>