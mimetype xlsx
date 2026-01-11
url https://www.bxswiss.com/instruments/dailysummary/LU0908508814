--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05200a2faaa4fdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd615b487dc5049ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987253fc14f74d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181f37e250ed438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68510acac4574564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987253fc14f74d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0962fcbd18f943cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181f37e250ed438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 5C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0908508814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,392</x:t>
-[...296 lines deleted...]
-          <x:t>20,658</x:t>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,621</x:t>
-[...227 lines deleted...]
-          <x:t>20,487</x:t>
+          <x:t>20,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,377</x:t>
-[...85 lines deleted...]
-          <x:t>20,432</x:t>
+          <x:t>20,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>