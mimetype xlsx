--- v0 (2025-10-24)
+++ v1 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4360ab78094cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1a30d4f3e447a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa609626cf2d4fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1057306321d44fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581c7093357b4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa609626cf2d4fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56042d8ff5b74f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1057306321d44fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0893933373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,380</x:t>
-[...4 lines deleted...]
-          <x:t>40,240</x:t>
+          <x:t>40,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...435 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,470</x:t>
-[...58 lines deleted...]
-          <x:t>40,390</x:t>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>40,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,795</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>41,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>