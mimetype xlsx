--- v1 (2025-12-28)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1a30d4f3e447a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a6be7f56c347a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1057306321d44fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cf174677d54600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56042d8ff5b74f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1057306321d44fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc299ad57a6f64329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cf174677d54600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0893933373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,075</x:t>
-[...220 lines deleted...]
-          <x:t>40,470</x:t>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,350</x:t>
-[...21 lines deleted...]
-          <x:t>39,930</x:t>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>40,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,040</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>40,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>