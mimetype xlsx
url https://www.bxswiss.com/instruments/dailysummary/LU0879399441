--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a7177f9c7245f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R980de6e1ed6d49ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad5485d4c14460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93030c0735da44ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02da2345b8a9499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad5485d4c14460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174fb476f97c42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93030c0735da44ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>13,985</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,032</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>13,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,918</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>14,001</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>13,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>