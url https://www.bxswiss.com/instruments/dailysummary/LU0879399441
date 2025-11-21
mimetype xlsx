--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R980de6e1ed6d49ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709e2352a35d4881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93030c0735da44ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb8dd9da1e9d4954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R174fb476f97c42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93030c0735da44ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3453fd0cc873490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb8dd9da1e9d4954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,005</x:t>
-[...16 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,984</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,940</x:t>
-[...232 lines deleted...]
-          <x:t>13,934</x:t>
+          <x:t>13,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,998</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>14,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>