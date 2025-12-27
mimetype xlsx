--- v2 (2025-11-21)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709e2352a35d4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06199aa75fb4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb8dd9da1e9d4954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530940e58bd04b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3453fd0cc873490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb8dd9da1e9d4954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f7210fbba84ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530940e58bd04b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>14,105</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,997</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>14,032</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,991</x:t>
-[...296 lines deleted...]
-          <x:t>13,978</x:t>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>13,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>