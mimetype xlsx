--- v3 (2025-12-27)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06199aa75fb4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b555b3763e4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530940e58bd04b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3183e31a016411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f7210fbba84ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530940e58bd04b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c99a3ec9dfa4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3183e31a016411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,995</x:t>
-[...107 lines deleted...]
-          <x:t>14,040</x:t>
+          <x:t>13,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,937</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>13,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>