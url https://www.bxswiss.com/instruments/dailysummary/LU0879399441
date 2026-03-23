--- v4 (2026-02-11)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b555b3763e4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63760169e6b4448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3183e31a016411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd25225cdbb344b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c99a3ec9dfa4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3183e31a016411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937df68b237e4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd25225cdbb344b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 5-10 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879399441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,872</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>13,872</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,842</x:t>
-[...544 lines deleted...]
-          <x:t>13,937</x:t>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>