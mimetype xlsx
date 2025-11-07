--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra28601d0f65d4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb344630ddf41c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1314fc2534e44601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R964c92b2ae364bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cba64dd1d04132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1314fc2534e44601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e009abb4f51428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R964c92b2ae364bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 1-5 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879397742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,686</x:t>
-[...4 lines deleted...]
-          <x:t>11,649</x:t>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,677</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,692</x:t>
-[...4 lines deleted...]
-          <x:t>11,634</x:t>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>11,659</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,681</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>11,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,646</x:t>
-[...43 lines deleted...]
-          <x:t>11,664</x:t>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,661</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>11,695</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>11,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>