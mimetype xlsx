--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb344630ddf41c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ff2d298d054212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R964c92b2ae364bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7164e806398b4416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e009abb4f51428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R964c92b2ae364bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aac6b3d9e2f4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7164e806398b4416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 1-5 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879397742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,683</x:t>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,654</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,666</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,668</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>11,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>