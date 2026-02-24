--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ff2d298d054212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31c3fb2476646f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7164e806398b4416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049fa63e5cfa422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aac6b3d9e2f4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7164e806398b4416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1921589fee4448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049fa63e5cfa422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 1-5 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879397742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>11,659</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,674</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,631</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>11,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>