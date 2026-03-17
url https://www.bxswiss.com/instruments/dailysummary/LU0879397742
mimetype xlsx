--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31c3fb2476646f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae44c3188364e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049fa63e5cfa422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R619c6313d76345ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1921589fee4448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049fa63e5cfa422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re760230c05c7414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R619c6313d76345ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - SBI Foreign AAA-BBB 1-5 ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0879397742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,662</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,648</x:t>
-[...286 lines deleted...]
-          <x:t>11,658</x:t>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,669</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,611</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...68 lines deleted...]
-          <x:t>11,613</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>11,668</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>