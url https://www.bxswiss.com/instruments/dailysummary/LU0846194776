--- v0 (2025-10-31)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac39fd2224554739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0f149db4f143e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71964a45023423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa895e48da94b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc857304a99704728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71964a45023423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb112511a73454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa895e48da94b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EMU UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0846194776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>56,354</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>