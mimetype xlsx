--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0f149db4f143e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14164801fdf46cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa895e48da94b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7756be8171446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb112511a73454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa895e48da94b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6717f0da414616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7756be8171446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EMU UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0846194776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>