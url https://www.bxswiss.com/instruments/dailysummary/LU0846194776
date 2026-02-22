--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14164801fdf46cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dda717a589349cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7756be8171446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa2710c2b7441f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6717f0da414616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7756be8171446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbebc97e4594be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa2710c2b7441f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EMU UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0846194776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,925</x:t>
-[...264 lines deleted...]
-          <x:t>58,886</x:t>
+          <x:t>58,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,467</x:t>
-[...200 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>58,407</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>