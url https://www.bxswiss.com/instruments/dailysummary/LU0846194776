--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dda717a589349cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cd609ffed84d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa2710c2b7441f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a729e3a1024c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbebc97e4594be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa2710c2b7441f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd439bd3dd446482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a729e3a1024c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EMU UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0846194776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,282</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>