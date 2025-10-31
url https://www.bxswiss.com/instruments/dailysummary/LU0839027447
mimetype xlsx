--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb53c9c6133a4113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3220215a4ca64b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf53dcbc215d497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280332550eb242a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f01e026b75b4c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf53dcbc215d497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfed02bde7d04851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280332550eb242a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0839027447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>