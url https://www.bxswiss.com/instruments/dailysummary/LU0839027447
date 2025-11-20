--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3220215a4ca64b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55080751ea7498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280332550eb242a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef991aaa873476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfed02bde7d04851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280332550eb242a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c20c899a3634bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef991aaa873476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0839027447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>