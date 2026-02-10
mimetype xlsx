--- v2 (2025-11-20)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55080751ea7498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2c066eca304a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef991aaa873476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d3ef782736444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c20c899a3634bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef991aaa873476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89efb7e6fb4e44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d3ef782736444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0839027447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>27,813</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,685</x:t>
-[...156 lines deleted...]
-          <x:t>27,795</x:t>
+          <x:t>27,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,419</x:t>
-[...242 lines deleted...]
-          <x:t>26,133</x:t>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>