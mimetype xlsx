--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2c066eca304a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276824561cdd4598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d3ef782736444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9869848ca8b14ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89efb7e6fb4e44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d3ef782736444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62eb16f403894865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9869848ca8b14ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nikkei 225 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0839027447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>29,070</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>