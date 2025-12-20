--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c2279d05a9474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9684d925d1bf409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccc5901960d4c34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e82f9b447e470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c50e83e756043c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccc5901960d4c34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd24d446c1641a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e82f9b447e470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>136,471</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,256</x:t>
-[...112 lines deleted...]
-          <x:t>137,206</x:t>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>