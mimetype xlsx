--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9684d925d1bf409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa0338e75b443e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e82f9b447e470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a496b44a66f4635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd24d446c1641a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e82f9b447e470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959a42c31798419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a496b44a66f4635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>