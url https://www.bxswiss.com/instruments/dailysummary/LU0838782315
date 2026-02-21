--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa0338e75b443e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b723669fdd848f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a496b44a66f4635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e11e31a0e484312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959a42c31798419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a496b44a66f4635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984786d1c8414828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e11e31a0e484312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>140,505</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,548</x:t>
-[...436 lines deleted...]
-          <x:t>144,176</x:t>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>