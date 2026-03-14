--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b723669fdd848f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf327002f2804609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e11e31a0e484312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0042538a95948b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984786d1c8414828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e11e31a0e484312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4273ad6638f34652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0042538a95948b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0838782315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>