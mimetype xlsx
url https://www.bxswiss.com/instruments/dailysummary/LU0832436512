--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dee9fa71244ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2baf0ef109840f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac9fe47e8874cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4b7a2030db4a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf503f6f5e51245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac9fe47e8874cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5576f25446884943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4b7a2030db4a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>