--- v1 (2025-11-01)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2baf0ef109840f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9941306663414ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4b7a2030db4a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1db40ab5d22479e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5576f25446884943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4b7a2030db4a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d08b8e8a9f84fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1db40ab5d22479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>133,663</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,006</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>135,174</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,664</x:t>
-[...134 lines deleted...]
-          <x:t>133,181</x:t>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>