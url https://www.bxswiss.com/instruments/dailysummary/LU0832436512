--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9941306663414ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bcb5d351ed9473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1db40ab5d22479e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689732cd3d044278"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d08b8e8a9f84fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1db40ab5d22479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d8f140fe584703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689732cd3d044278" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...409 lines deleted...]
-          <x:t>135,127</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,790</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>135,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,671</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>