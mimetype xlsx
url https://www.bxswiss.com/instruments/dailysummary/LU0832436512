--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bcb5d351ed9473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f458986b8bd4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689732cd3d044278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6960e82c63ec4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52d8f140fe584703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689732cd3d044278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d7d51f95974aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6960e82c63ec4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Global Equity Quality Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0832436512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>