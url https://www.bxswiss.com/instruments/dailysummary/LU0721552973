--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ed0ba4ed3345ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd698c42f5dd746f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red59299877234d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree3b660d814e4efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abc830b179f4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red59299877234d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ad9a11349f4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree3b660d814e4efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>30,719</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,667</x:t>
-[...151 lines deleted...]
-          <x:t>30,649</x:t>
+          <x:t>30,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,666</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>30,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,659</x:t>
-[...85 lines deleted...]
-          <x:t>30,711</x:t>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>