--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd698c42f5dd746f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e871eeda20b415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree3b660d814e4efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16f6e10c3b24ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ad9a11349f4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree3b660d814e4efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72ab26b60404d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16f6e10c3b24ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>30,720</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,659</x:t>
-[...92 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,952</x:t>
-[...124 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,963</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>30,912</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,584</x:t>
-[...43 lines deleted...]
-          <x:t>30,714</x:t>
+          <x:t>30,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,707</x:t>
-[...112 lines deleted...]
-          <x:t>30,837</x:t>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>