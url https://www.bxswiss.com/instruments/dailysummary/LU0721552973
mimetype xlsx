--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e871eeda20b415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e069caa2fc419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16f6e10c3b24ae8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c70182eeba545ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72ab26b60404d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16f6e10c3b24ae8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3920378c06f94544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c70182eeba545ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,017</x:t>
-[...48 lines deleted...]
-          <x:t>30,800</x:t>
+          <x:t>30,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,864</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>30,839</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>30,819</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,799</x:t>
-[...90 lines deleted...]
-          <x:t>31,219</x:t>
+          <x:t>30,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>