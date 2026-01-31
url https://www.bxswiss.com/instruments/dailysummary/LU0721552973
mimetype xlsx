--- v3 (2026-01-07)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e069caa2fc419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21387b8fb5574c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c70182eeba545ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfaa49c380e340f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3920378c06f94544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c70182eeba545ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d737982f96f4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfaa49c380e340f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,049</x:t>
-[...333 lines deleted...]
-          <x:t>30,944</x:t>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>