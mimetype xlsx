--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21387b8fb5574c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce3c5c9408d4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfaa49c380e340f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d71a4163364e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d737982f96f4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfaa49c380e340f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d3340d803a4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d71a4163364e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>31,100</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,897</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>30,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,848</x:t>
         </x:is>
       </x:c>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>