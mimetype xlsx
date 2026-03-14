--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce3c5c9408d4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6029c9aac8c1433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d71a4163364e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70ef80a83d64724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d3340d803a4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d71a4163364e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1cdf867aab84435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70ef80a83d64724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 7-10 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>30,278</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,809</x:t>
-[...75 lines deleted...]
-          <x:t>29,770</x:t>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...333 lines deleted...]
-          <x:t>29,954</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,921</x:t>
-[...53 lines deleted...]
-          <x:t>30,057</x:t>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>