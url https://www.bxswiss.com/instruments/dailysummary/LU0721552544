--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6182ef6453843ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e370ff4cfc4595" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f3b7315e754952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e19ea3b379446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08c28e059a947ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f3b7315e754952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55392a4d066c4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e19ea3b379446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>19,470</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,507</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...494 lines deleted...]
-          <x:t>19,417</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,477</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>19,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>