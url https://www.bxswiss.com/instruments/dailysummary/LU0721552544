--- v1 (2025-10-24)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e370ff4cfc4595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ba163c2375478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e19ea3b379446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e17111202ef496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55392a4d066c4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e19ea3b379446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb788624abef142b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e17111202ef496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,494</x:t>
-[...475 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,568</x:t>
-[...9 lines deleted...]
-          <x:t>19,489</x:t>
+          <x:t>19,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>