--- v2 (2026-01-25)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ba163c2375478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83658fe525fd478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e17111202ef496b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8514cbe31ec3431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb788624abef142b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e17111202ef496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb755247442d44744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8514cbe31ec3431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>19,411</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,482</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>