--- v3 (2026-02-16)
+++ v4 (2026-03-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83658fe525fd478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f7277f70b440a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8514cbe31ec3431f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0375a56147c54f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb755247442d44744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8514cbe31ec3431f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193124fc93c54c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0375a56147c54f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,204</x:t>
-[...360 lines deleted...]
-          <x:t>18,742</x:t>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>