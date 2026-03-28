--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f7277f70b440a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176bd2ca1f7b4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0375a56147c54f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b0ff0a489542a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193124fc93c54c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0375a56147c54f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5795e8f85631496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b0ff0a489542a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...149 lines deleted...]
-          <x:t>18,631</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...203 lines deleted...]
-          <x:t>18,820</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,874</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>18,860</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,828</x:t>
-[...97 lines deleted...]
-          <x:t>19,066</x:t>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,182</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>18,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,940</x:t>
-[...4 lines deleted...]
-          <x:t>18,961</x:t>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>