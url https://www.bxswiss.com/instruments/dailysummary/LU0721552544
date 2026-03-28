--- v5 (2026-03-28)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176bd2ca1f7b4d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0def24007d204a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b0ff0a489542a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b73cd2cc024ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5795e8f85631496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b0ff0a489542a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654d0a13d257451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b73cd2cc024ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0721552544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>