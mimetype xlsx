--- v0 (2025-10-03)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re568f2fa6a6540af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06139ef6c234da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd349491c7d1c482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d32aba4daea454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2557f740590747c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd349491c7d1c482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re392c5594e584435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d32aba4daea454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund EUR IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0690374029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>61,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,625</x:t>
-[...65 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,525</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>62,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,075</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>62,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>60,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>