--- v1 (2025-12-27)
+++ v2 (2026-01-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06139ef6c234da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6302fe65185e4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d32aba4daea454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19ac1137d4b44a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re392c5594e584435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d32aba4daea454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46b39c574cb41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19ac1137d4b44a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund EUR IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0690374029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>63,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,675</x:t>
-[...16 lines deleted...]
-          <x:t>63,375</x:t>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>27.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>64,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,925</x:t>
-[...490 lines deleted...]
-          <x:t>62,225</x:t>
+          <x:t>64,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>