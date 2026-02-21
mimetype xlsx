--- v2 (2026-01-17)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6302fe65185e4294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5dcf43a1bb4247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19ac1137d4b44a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688eb378995848d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46b39c574cb41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19ac1137d4b44a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f7c0cb3236401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688eb378995848d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund EUR IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0690374029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>61,775</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>62,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,425</x:t>
-[...97 lines deleted...]
-          <x:t>62,325</x:t>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>64,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>