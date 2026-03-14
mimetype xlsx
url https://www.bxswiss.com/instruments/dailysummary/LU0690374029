--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5dcf43a1bb4247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd022668fc71d44af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688eb378995848d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1750741f8ac4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f7c0cb3236401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688eb378995848d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32005965a7da46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1750741f8ac4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundsmith SICAV - Equity Fund EUR IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0690374029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>62,475</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>61,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,725</x:t>
-[...254 lines deleted...]
-          <x:t>60,525</x:t>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,175</x:t>
-[...48 lines deleted...]
-          <x:t>61,400</x:t>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>61,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>