--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c3a36fdcd134329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee70955b80146f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775b776fffc34e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R748cfb2a94764e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07ca7534f3344ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775b776fffc34e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a233509c5fc4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R748cfb2a94764e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Emerging Markets Bond UCITS ETF 2D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0677077884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>11,784</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,771</x:t>
-[...11 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,908</x:t>
-[...4 lines deleted...]
-          <x:t>11,816</x:t>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,897</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,854</x:t>
-[...60 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,896</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>11,907</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>