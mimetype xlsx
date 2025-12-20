--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee70955b80146f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8253b99532d64e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R748cfb2a94764e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08481663e26e459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a233509c5fc4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R748cfb2a94764e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4e2eb4a4c24c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08481663e26e459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Emerging Markets Bond UCITS ETF 2D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0677077884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,897</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,872</x:t>
-[...254 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,909</x:t>
-[...139 lines deleted...]
-          <x:t>11,873</x:t>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>11,952</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>12,038</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>