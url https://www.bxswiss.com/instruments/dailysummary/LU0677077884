--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8253b99532d64e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4e113199444475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08481663e26e459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbaf180c52a497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4e2eb4a4c24c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08481663e26e459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1badf4d48d06401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbaf180c52a497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Emerging Markets Bond UCITS ETF 2D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0677077884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,097</x:t>
-[...4 lines deleted...]
-          <x:t>12,049</x:t>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>11,994</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,032</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>11,987</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,039</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>12,056</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>