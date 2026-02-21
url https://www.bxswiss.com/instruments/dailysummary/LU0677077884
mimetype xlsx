--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4e113199444475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c2b11d3f7048e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbaf180c52a497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb02bb9f85da44e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1badf4d48d06401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbaf180c52a497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6041534b894c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb02bb9f85da44e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Emerging Markets Bond UCITS ETF 2D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0677077884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>12,009</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,037</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>12,099</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,045</x:t>
-[...70 lines deleted...]
-          <x:t>12,078</x:t>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,039</x:t>
-[...31 lines deleted...]
-          <x:t>12,108</x:t>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>