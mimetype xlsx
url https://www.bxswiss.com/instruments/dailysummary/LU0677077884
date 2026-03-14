--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c2b11d3f7048e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9984b08a41584753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb02bb9f85da44e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3250af815a147cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6041534b894c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb02bb9f85da44e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe4f69cf4b5411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3250af815a147cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Emerging Markets Bond UCITS ETF 2D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0677077884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>12,037</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>12,141</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,138</x:t>
-[...539 lines deleted...]
-          <x:t>12,156</x:t>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>