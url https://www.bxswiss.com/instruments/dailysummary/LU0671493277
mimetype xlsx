--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb623117e0b744107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920124104328497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef15cf38f714fed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf931d21457a64003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f9834906574143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef15cf38f714fed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74281d7c8584b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf931d21457a64003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>127,455</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,114</x:t>
-[...264 lines deleted...]
-          <x:t>127,674</x:t>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,385</x:t>
-[...350 lines deleted...]
-          <x:t>127,554</x:t>
+          <x:t>123,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>