--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920124104328497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa22d13dbc744c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf931d21457a64003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27714a801c394fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74281d7c8584b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf931d21457a64003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6a8b8131a249a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27714a801c394fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,423</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>