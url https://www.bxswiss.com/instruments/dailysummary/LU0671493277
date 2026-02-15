--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa22d13dbc744c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa6a05fcb684341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27714a801c394fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4806857b247f4680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6a8b8131a249a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27714a801c394fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce2cf626c964517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4806857b247f4680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>131,708</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>