--- v3 (2026-02-15)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa6a05fcb684341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32040370028d4d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4806857b247f4680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b1af3b4eae4f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce2cf626c964517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4806857b247f4680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11e16de9e97496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b1af3b4eae4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>136,700</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,821</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>135,839</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>