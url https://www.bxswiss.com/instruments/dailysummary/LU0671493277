--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32040370028d4d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4545c5465ce04640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b1af3b4eae4f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e2d563e42450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11e16de9e97496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b1af3b4eae4f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716f549d6ade4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e2d563e42450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0671493277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>