--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dcb757a55164bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ab8c8513814cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa182b7a1f2446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244df58052214cb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242c0b2043c14aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa182b7a1f2446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d2ff9e4bd04291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244df58052214cb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 4C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0659579733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>43,606</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,412</x:t>
-[...382 lines deleted...]
-          <x:t>43,617</x:t>
+          <x:t>44,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>