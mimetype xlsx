--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ab8c8513814cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d929949bf8245b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244df58052214cb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41adcf7bd9c446f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d2ff9e4bd04291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244df58052214cb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceffb84bedb5496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41adcf7bd9c446f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 4C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0659579733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,533</x:t>
-[...129 lines deleted...]
-          <x:t>43,744</x:t>
+          <x:t>44,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,699</x:t>
-[...274 lines deleted...]
-          <x:t>45,290</x:t>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>