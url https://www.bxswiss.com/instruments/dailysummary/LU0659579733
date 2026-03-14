--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d929949bf8245b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c5baaa24e842c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41adcf7bd9c446f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dba003c52ab45a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceffb84bedb5496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41adcf7bd9c446f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89db4264aeef4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dba003c52ab45a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 4C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0659579733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>44,661</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,653</x:t>
-[...242 lines deleted...]
-          <x:t>44,389</x:t>
+          <x:t>44,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>