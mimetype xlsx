--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16babaa8a8cf433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77284a0393a4b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb48dd4779cdf43d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75ff0a457d34b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0101a0ce9d9e40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb48dd4779cdf43d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e203e277fe0450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75ff0a457d34b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>159,914</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>161,844</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,525</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>160,407</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>160,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>