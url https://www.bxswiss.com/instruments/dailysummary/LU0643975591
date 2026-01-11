--- v1 (2025-10-23)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77284a0393a4b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57110de204c84a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75ff0a457d34b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra143acdb8267495b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e203e277fe0450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75ff0a457d34b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9499174ade1141b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra143acdb8267495b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>159,926</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,683</x:t>
-[...48 lines deleted...]
-          <x:t>161,587</x:t>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>160,407</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>