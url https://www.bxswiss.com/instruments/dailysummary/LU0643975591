--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57110de204c84a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dae7cde178e4282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra143acdb8267495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220a4d5865794c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9499174ade1141b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra143acdb8267495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e2e68a61524c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220a4d5865794c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>159,483</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,601</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>160,691</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>