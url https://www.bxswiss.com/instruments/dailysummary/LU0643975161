--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ebbd66162d46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212490890e7d454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d3cb3a46de54635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e605e90be14c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a72305a38f449eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d3cb3a46de54635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc233336adb476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e605e90be14c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>164,525</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,356</x:t>
-[...350 lines deleted...]
-          <x:t>163,933</x:t>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>