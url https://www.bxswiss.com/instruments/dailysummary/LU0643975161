--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212490890e7d454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673336df9be34c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e605e90be14c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd06a98bf79634e8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc233336adb476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e605e90be14c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a43dc06f23e4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd06a98bf79634e8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>164,205</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>29.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,124</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>164,133</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>