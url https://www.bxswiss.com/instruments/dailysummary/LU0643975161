--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673336df9be34c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9268f33619e489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd06a98bf79634e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed37cef9d8f499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a43dc06f23e4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd06a98bf79634e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2e13b1928a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed37cef9d8f499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>