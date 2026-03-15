--- v3 (2026-01-11)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9268f33619e489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7b71483bac4249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed37cef9d8f499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d075b505aa4c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2e13b1928a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed37cef9d8f499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c043e2c86744951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d075b505aa4c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0643975161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,018</x:t>
-[...171 lines deleted...]
-          <x:t>163,499</x:t>
+          <x:t>161,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>