--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a09f31ed1b84cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb464a480c494fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8936f62bf74d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re874f30032314847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6a0f36e293422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8936f62bf74d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9248e9b7beb140c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re874f30032314847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 4D CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641007421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>89,330</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>89,981</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>