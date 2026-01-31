--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb464a480c494fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13d9c9ee6f04222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re874f30032314847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196f7369dcad40ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9248e9b7beb140c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re874f30032314847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d7676a11fd4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196f7369dcad40ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 4D CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641007421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>