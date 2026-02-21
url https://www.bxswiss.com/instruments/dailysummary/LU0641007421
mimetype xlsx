--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13d9c9ee6f04222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f37e44332e34a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196f7369dcad40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1db591ffee427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d7676a11fd4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196f7369dcad40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07ec91df2d34231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1db591ffee427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Inflation-Linked Bond UCITS ETF 4D CHF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641007421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,075</x:t>
-[...220 lines deleted...]
-          <x:t>89,098</x:t>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,597</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>89,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,257</x:t>
-[...124 lines deleted...]
-          <x:t>88,970</x:t>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,895</x:t>
-[...139 lines deleted...]
-          <x:t>89,205</x:t>
+          <x:t>89,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>