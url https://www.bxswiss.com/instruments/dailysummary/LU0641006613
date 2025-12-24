--- v0 (2025-10-22)
+++ v1 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2915bd8487f345cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e1d6d96c0545d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17b62cf765748de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0606afe8d83f4bde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf38d09a1494188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17b62cf765748de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda58087601a44e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0606afe8d83f4bde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Government Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641006613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>150,619</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,637</x:t>
-[...485 lines deleted...]
-          <x:t>151,455</x:t>
+          <x:t>149,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>