--- v1 (2025-12-24)
+++ v2 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e1d6d96c0545d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90602b793d84e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0606afe8d83f4bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1379c78f5147f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda58087601a44e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0606afe8d83f4bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef215bdc7784a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1379c78f5147f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Government Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641006613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,940</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>148,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>