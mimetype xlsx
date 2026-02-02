--- v2 (2026-01-13)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90602b793d84e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaffe0cb4a5f4cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1379c78f5147f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd89d7a53ab452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef215bdc7784a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1379c78f5147f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981166b5148a49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd89d7a53ab452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Government Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641006613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>149,463</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,280</x:t>
-[...377 lines deleted...]
-          <x:t>149,330</x:t>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>