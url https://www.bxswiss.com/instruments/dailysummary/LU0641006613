--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaffe0cb4a5f4cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a5fbd36751478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd89d7a53ab452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde5e7c66d08424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981166b5148a49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd89d7a53ab452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d936631e2841d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde5e7c66d08424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Government Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641006613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>149,521</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,303</x:t>
-[...48 lines deleted...]
-          <x:t>149,011</x:t>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>148,842</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>