--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a5fbd36751478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ad2c66d24f42dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde5e7c66d08424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee1736641644e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d936631e2841d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde5e7c66d08424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da426fd61bc480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee1736641644e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Global Government Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0641006613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>