--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc08738f13c5412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9936cbd96ed24b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb919b0340a8a417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R744407db781b405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b532e4b00b24606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb919b0340a8a417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf219fb498a164c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R744407db781b405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>67,434</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>67,323</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>68,161</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>67,831</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>67,512</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>