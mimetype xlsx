--- v1 (2025-10-24)
+++ v2 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9936cbd96ed24b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099bac6385c34643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R744407db781b405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e2ef4857eeb4a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf219fb498a164c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R744407db781b405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00acae27ac214f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e2ef4857eeb4a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,295</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>