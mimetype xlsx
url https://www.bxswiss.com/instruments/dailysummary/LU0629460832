--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099bac6385c34643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9200bc742b9443e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e2ef4857eeb4a6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cb0e72d6d9419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00acae27ac214f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e2ef4857eeb4a6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc096ec19d2cf49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cb0e72d6d9419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,612</x:t>
-[...112 lines deleted...]
-          <x:t>69,004</x:t>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>73,055</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>