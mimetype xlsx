--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9200bc742b9443e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdecbf474263247d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cb0e72d6d9419d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f393f720e7f45c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc096ec19d2cf49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cb0e72d6d9419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bd0d4840bd429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f393f720e7f45c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>