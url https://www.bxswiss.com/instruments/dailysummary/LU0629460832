--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdecbf474263247d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6f1cabdf22485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f393f720e7f45c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1f797fd3c2473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37bd0d4840bd429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f393f720e7f45c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64c84865f1d4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1f797fd3c2473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>