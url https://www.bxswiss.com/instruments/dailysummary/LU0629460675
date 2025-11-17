--- v0 (2025-10-28)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7c9a2e63ee4947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d13a00ddea409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62ae6ecf2eb49a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e6c3806e5b473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40688edf67a74f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62ae6ecf2eb49a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c917a9322f43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e6c3806e5b473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>124,220</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,608</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>122,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,894</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>