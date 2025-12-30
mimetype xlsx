--- v1 (2025-11-17)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d13a00ddea409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853c454977fa4e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e6c3806e5b473f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0ccebc60a74d07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c917a9322f43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e6c3806e5b473f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0412b1190649fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0ccebc60a74d07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>123,859</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>