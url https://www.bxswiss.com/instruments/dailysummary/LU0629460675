--- v2 (2025-12-30)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853c454977fa4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63d1473d76e4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0ccebc60a74d07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdb41480a6c4d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0412b1190649fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0ccebc60a74d07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2eb5eed3be743fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdb41480a6c4d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>125,257</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>125,418</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>