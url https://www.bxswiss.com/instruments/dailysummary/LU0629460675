--- v3 (2026-02-08)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63d1473d76e4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73fc9dfbb624285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdb41480a6c4d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e0b597d471489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2eb5eed3be743fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdb41480a6c4d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29997d04995f4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e0b597d471489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>124,638</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>