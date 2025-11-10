--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683c034598af4a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0365a9eb8a0c4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f2d9d2618a4a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c100a2a17b4722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074336435e4f4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f2d9d2618a4a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391528a4881a41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c100a2a17b4722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>203,120</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>