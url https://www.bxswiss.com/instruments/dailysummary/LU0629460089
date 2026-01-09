--- v1 (2025-11-10)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0365a9eb8a0c4b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e2291cc77a483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c100a2a17b4722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685c25974f9b4f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391528a4881a41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c100a2a17b4722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra505803575f04c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685c25974f9b4f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,477</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,330</x:t>
-[...279 lines deleted...]
-          <x:t>201,658</x:t>
+          <x:t>203,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>