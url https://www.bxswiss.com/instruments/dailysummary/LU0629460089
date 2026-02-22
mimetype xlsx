--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e2291cc77a483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb0e99a51964231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685c25974f9b4f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7532a6bc2f0b4381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra505803575f04c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685c25974f9b4f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac0c2ff8de14235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7532a6bc2f0b4381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>208,011</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>