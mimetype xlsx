--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb0e99a51964231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904b86e9c6a945f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7532a6bc2f0b4381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28e32d4e1454629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac0c2ff8de14235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7532a6bc2f0b4381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1365f103db2648c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28e32d4e1454629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>201,647</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,564</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>