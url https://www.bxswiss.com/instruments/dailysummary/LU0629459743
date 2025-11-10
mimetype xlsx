--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e24ed29c2e4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692feb0491e477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d52fe5ac5624841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbfacc82b5104ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43bd9868fb934e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d52fe5ac5624841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9098ff5c36004eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbfacc82b5104ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>147,571</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>