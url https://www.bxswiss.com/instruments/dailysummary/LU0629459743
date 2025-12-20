--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692feb0491e477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R202bd73152c84fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbfacc82b5104ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a51e6bb7bf4534"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9098ff5c36004eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbfacc82b5104ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11dce446287d4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a51e6bb7bf4534" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>148,568</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,987</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>145,618</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>