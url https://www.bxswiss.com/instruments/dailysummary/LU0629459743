--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R202bd73152c84fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6514594bcd422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a51e6bb7bf4534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6683b2a9f94ed7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11dce446287d4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a51e6bb7bf4534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra504de70af26489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6683b2a9f94ed7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>146,858</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,580</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>