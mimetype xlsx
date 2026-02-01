--- v3 (2026-01-10)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6514594bcd422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc877b7309c8848a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6683b2a9f94ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38568e638db4e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra504de70af26489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6683b2a9f94ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eef685da1fd4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38568e638db4e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>