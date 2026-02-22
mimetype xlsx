--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc877b7309c8848a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347cf6615c674626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38568e638db4e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98dab6c36354680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eef685da1fd4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38568e638db4e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc768a4ed14de4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98dab6c36354680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>