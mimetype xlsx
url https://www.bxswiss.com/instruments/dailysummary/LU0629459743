--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347cf6615c674626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ca8e0860484af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98dab6c36354680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dfc8ba68494ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc768a4ed14de4664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98dab6c36354680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a9063a2fb1e47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dfc8ba68494ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>146,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>146,584</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>