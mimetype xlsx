--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8758bf70a40b4882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886e053666c24c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72136827f0414981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034d157564994abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c65979733b84937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72136827f0414981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561abc4745d64d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034d157564994abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>174,118</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,861</x:t>
-[...355 lines deleted...]
-          <x:t>174,210</x:t>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>