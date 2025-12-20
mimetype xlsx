--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886e053666c24c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905331dc9f6549ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034d157564994abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27064f7ddd88423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561abc4745d64d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034d157564994abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8a47713174f4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27064f7ddd88423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>174,405</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,146</x:t>
-[...301 lines deleted...]
-          <x:t>173,666</x:t>
+          <x:t>175,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>