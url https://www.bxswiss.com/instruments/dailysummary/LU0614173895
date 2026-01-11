--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905331dc9f6549ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racabed276d294fe2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27064f7ddd88423e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c16020878c4014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8a47713174f4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27064f7ddd88423e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620d2f48fcea4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c16020878c4014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>