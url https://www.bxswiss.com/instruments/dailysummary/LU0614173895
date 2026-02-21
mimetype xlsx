--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racabed276d294fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0255489840e4ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c16020878c4014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136138f49eba4f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620d2f48fcea4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c16020878c4014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdaf58cdc0f42cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136138f49eba4f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>174,734</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>