--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913d4ac2724341b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb95b2acbb548e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d808772cf8c4e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d332e2233f4e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f16f4cf1034e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d808772cf8c4e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2796d7575349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d332e2233f4e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>148,056</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,773</x:t>
-[...117 lines deleted...]
-          <x:t>148,489</x:t>
+          <x:t>148,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>