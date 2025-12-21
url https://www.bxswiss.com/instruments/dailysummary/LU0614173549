--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb95b2acbb548e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd727dbe566d14863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d332e2233f4e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a98d3cb46e344b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2796d7575349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d332e2233f4e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84dc994fb8449bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a98d3cb46e344b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,773</x:t>
-[...21 lines deleted...]
-          <x:t>148,619</x:t>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>147,743</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>