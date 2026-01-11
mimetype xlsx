--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd727dbe566d14863" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b8b4bf49204945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a98d3cb46e344b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4515f257c3fa4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84dc994fb8449bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a98d3cb46e344b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88e795d613548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4515f257c3fa4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,814</x:t>
-[...576 lines deleted...]
-          <x:t>148,554</x:t>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>