--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b8b4bf49204945" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76566895cb444e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4515f257c3fa4ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e7c1a58d1140cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88e795d613548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4515f257c3fa4ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91632f978f044d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e7c1a58d1140cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>148,356</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,516</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>148,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>