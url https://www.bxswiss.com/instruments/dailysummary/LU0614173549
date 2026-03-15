--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76566895cb444e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f9e561d6d14806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e7c1a58d1140cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5e619d7a2a4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91632f978f044d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e7c1a58d1140cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab81eab6abd4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5e619d7a2a4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>