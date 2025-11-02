--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14246dc95b3d4833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb137f32c84aa4ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898d6d55914c488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152929782cbc4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc933bc7cad994e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898d6d55914c488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9c621b732a4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152929782cbc4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Stoxx Europe 600 ESG Qual Weight NR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599613147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>