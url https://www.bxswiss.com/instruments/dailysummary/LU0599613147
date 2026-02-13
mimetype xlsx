--- v1 (2025-11-02)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb137f32c84aa4ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b89769dc33741fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152929782cbc4a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4c678ed14d442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9c621b732a4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152929782cbc4a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree04399a92974d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4c678ed14d442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Stoxx Europe 600 ESG Qual Weight NR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599613147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,958</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>