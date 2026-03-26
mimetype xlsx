--- v2 (2026-02-13)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b89769dc33741fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32112c1e5ff54e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4c678ed14d442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd348dfa504ed43e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree04399a92974d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4c678ed14d442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41c31eb8ccd4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd348dfa504ed43e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Stoxx Europe 600 ESG Qual Weight NR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599613147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>136,688</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,588</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>135,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,215</x:t>
-[...269 lines deleted...]
-          <x:t>136,430</x:t>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>