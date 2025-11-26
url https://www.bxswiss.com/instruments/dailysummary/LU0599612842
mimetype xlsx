--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c85bb3b2994084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5225de8a2e384a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9939584a0424143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Receafc3c32914ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9dc1b5262d4756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9939584a0424143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273d6cd413054f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Receafc3c32914ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Europe ESG Machine Learning</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599612842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>263,944</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>