--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5225de8a2e384a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353aad733339474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Receafc3c32914ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d0968cbb1843c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273d6cd413054f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Receafc3c32914ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe186bca23c4461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d0968cbb1843c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Europe ESG Machine Learning</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599612842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>260,617</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>