--- v2 (2026-01-09)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353aad733339474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d3f0cc38994d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d0968cbb1843c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43e07de768f49e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe186bca23c4461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d0968cbb1843c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c1b6e15f464554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43e07de768f49e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Europe ESG Machine Learning</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599612842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>