--- v3 (2026-02-01)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d3f0cc38994d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ca8613ccb945f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43e07de768f49e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df10627df75475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c1b6e15f464554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43e07de768f49e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dfacd5ebfd4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df10627df75475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Europe ESG Machine Learning</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599612842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>267,282</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>